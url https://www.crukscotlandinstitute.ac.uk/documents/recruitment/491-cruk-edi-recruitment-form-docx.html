--- v0 (2025-10-30)
+++ v1 (2025-12-14)
@@ -1,29 +1,29 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="jpg" ContentType="image/jpeg"/>
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
@@ -878,50 +878,55 @@
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rStyle w:val="Emphasis"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:i w:val="0"/>
             <w:iCs w:val="0"/>
           </w:rPr>
           <w:id w:val="-2011429160"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013437"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:date>
             <w:dateFormat w:val="dd/MM/yyyy"/>
             <w:lid w:val="en-GB"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="Emphasis"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00CA00B6" w:rsidRPr="001C42E5">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="40D39733" w14:textId="0B2A6154" w:rsidR="00492271" w:rsidRPr="00222332" w:rsidRDefault="00492271" w:rsidP="0030118D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00222332">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i w:val="0"/>
@@ -936,50 +941,55 @@
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rStyle w:val="Emphasis"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:i w:val="0"/>
             <w:iCs w:val="0"/>
           </w:rPr>
           <w:id w:val="995386871"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013437"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:date>
             <w:dateFormat w:val="dd/MM/yyyy"/>
             <w:lid w:val="en-GB"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="Emphasis"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00CA00B6" w:rsidRPr="001C42E5">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="105C61C3" w14:textId="67806098" w:rsidR="00492271" w:rsidRPr="00222332" w:rsidRDefault="00492271" w:rsidP="0030118D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00222332">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i w:val="0"/>
@@ -1089,50 +1099,55 @@
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00CA00B6">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rStyle w:val="Emphasis"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:i w:val="0"/>
             <w:iCs w:val="0"/>
           </w:rPr>
           <w:id w:val="-450328022"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="Emphasis"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00CA00B6" w:rsidRPr="001C42E5">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="431F2E56" w14:textId="1A702E3C" w:rsidR="00492271" w:rsidRPr="00222332" w:rsidRDefault="00492271" w:rsidP="0030118D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00222332">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i w:val="0"/>
@@ -1141,50 +1156,55 @@
         <w:t xml:space="preserve">Classification and Grade: </w:t>
       </w:r>
       <w:r w:rsidR="00CA00B6">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rStyle w:val="Emphasis"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:i w:val="0"/>
             <w:iCs w:val="0"/>
           </w:rPr>
           <w:id w:val="-1886868271"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="Emphasis"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00CA00B6" w:rsidRPr="001C42E5">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="1E41716F" w14:textId="77777777" w:rsidR="00492271" w:rsidRPr="00222332" w:rsidRDefault="00492271" w:rsidP="0030118D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4FA98125" w14:textId="3CEA0ED7" w:rsidR="00492271" w:rsidRPr="00222332" w:rsidRDefault="00492271" w:rsidP="00492271">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
@@ -1210,50 +1230,55 @@
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rStyle w:val="Emphasis"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:i w:val="0"/>
             <w:iCs w:val="0"/>
           </w:rPr>
           <w:id w:val="1195113582"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013437"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:date>
             <w:dateFormat w:val="dd/MM/yyyy"/>
             <w:lid w:val="en-GB"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="Emphasis"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00130D17" w:rsidRPr="001C42E5">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="34CC4FC5" w14:textId="499668AA" w:rsidR="00492271" w:rsidRPr="00222332" w:rsidRDefault="00492271" w:rsidP="00492271">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00222332">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i w:val="0"/>
@@ -1268,50 +1293,55 @@
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rStyle w:val="Emphasis"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:i w:val="0"/>
             <w:iCs w:val="0"/>
           </w:rPr>
           <w:id w:val="116881279"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013437"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:date>
             <w:dateFormat w:val="dd/MM/yyyy"/>
             <w:lid w:val="en-GB"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="Emphasis"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00130D17" w:rsidRPr="001C42E5">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="1D1CFE8D" w14:textId="7A8208E8" w:rsidR="00492271" w:rsidRPr="00222332" w:rsidRDefault="00492271" w:rsidP="00492271">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00222332">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i w:val="0"/>
@@ -1411,108 +1441,272 @@
       </w:r>
       <w:r w:rsidR="00130D17">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rStyle w:val="Emphasis"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:i w:val="0"/>
             <w:iCs w:val="0"/>
           </w:rPr>
           <w:id w:val="1650940436"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="Emphasis"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00130D17" w:rsidRPr="001C42E5">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="7C5E33B9" w14:textId="5A309CEB" w:rsidR="00492271" w:rsidRPr="00222332" w:rsidRDefault="00492271" w:rsidP="00492271">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00222332">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Classification and Grade: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rStyle w:val="Emphasis"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:i w:val="0"/>
             <w:iCs w:val="0"/>
           </w:rPr>
           <w:id w:val="-830448861"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="Emphasis"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00130D17" w:rsidRPr="001C42E5">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="5EC9A72F" w14:textId="77777777" w:rsidR="002A33D4" w:rsidRPr="002A33D4" w:rsidRDefault="002A33D4" w:rsidP="00492271">
+    <w:p w14:paraId="5EC9A72F" w14:textId="77777777" w:rsidR="002A33D4" w:rsidRDefault="002A33D4" w:rsidP="00492271">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="53BE2E81" w14:textId="7952AC27" w:rsidR="00081B61" w:rsidRDefault="00081B61" w:rsidP="00492271">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">HIGH SCHOOL QUALIFICATIONS </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E8A3F2C" w14:textId="77777777" w:rsidR="00E77066" w:rsidRPr="00E77066" w:rsidRDefault="00E77066" w:rsidP="00E77066">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E77066">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+        </w:rPr>
+        <w:t>Please give details of subjects and grades studied at Advanced Higher and Higher level</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B00475A" w14:textId="5B210703" w:rsidR="00117D21" w:rsidRDefault="00E77066" w:rsidP="00E77066">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E77066">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+        </w:rPr>
+        <w:t>(SQA), AS and A Level or equivalent final year high school exams</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F604417" w14:textId="77777777" w:rsidR="00E77066" w:rsidRPr="00E77066" w:rsidRDefault="00E77066" w:rsidP="00E77066">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sdt>
+      <w:sdtPr>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+        </w:rPr>
+        <w:id w:val="-216742600"/>
+        <w:placeholder>
+          <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+        </w:placeholder>
+        <w:showingPlcHdr/>
+        <w:text/>
+      </w:sdtPr>
+      <w:sdtContent>
+        <w:p w14:paraId="0F12A734" w14:textId="3339813E" w:rsidR="00081B61" w:rsidRDefault="00CD3583" w:rsidP="00492271">
+          <w:pPr>
+            <w:pBdr>
+              <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
+            </w:pBdr>
+            <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            <w:rPr>
+              <w:rStyle w:val="Emphasis"/>
+              <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:b/>
+              <w:bCs/>
+              <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="001C42E5">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:sdtContent>
+    </w:sdt>
+    <w:p w14:paraId="038E5579" w14:textId="77777777" w:rsidR="00081B61" w:rsidRPr="002A33D4" w:rsidRDefault="00081B61" w:rsidP="00492271">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="791FA14B" w14:textId="77777777" w:rsidR="002A33D4" w:rsidRPr="002A33D4" w:rsidRDefault="002A33D4" w:rsidP="00492271">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
@@ -1684,50 +1878,55 @@
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rStyle w:val="Emphasis"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:i w:val="0"/>
             <w:iCs w:val="0"/>
           </w:rPr>
           <w:id w:val="-177284334"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013437"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:date>
             <w:dateFormat w:val="dd/MM/yyyy"/>
             <w:lid w:val="en-GB"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="Emphasis"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00130D17" w:rsidRPr="001C42E5">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="02E11869" w14:textId="38582B56" w:rsidR="00282A95" w:rsidRDefault="00492271" w:rsidP="0030118D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00222332">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i w:val="0"/>
@@ -1742,94 +1941,104 @@
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rStyle w:val="Emphasis"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:i w:val="0"/>
             <w:iCs w:val="0"/>
           </w:rPr>
           <w:id w:val="-1193143724"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013437"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:date>
             <w:dateFormat w:val="dd/MM/yyyy"/>
             <w:lid w:val="en-GB"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="Emphasis"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00130D17" w:rsidRPr="001C42E5">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="797AE89D" w14:textId="3005E084" w:rsidR="0030118D" w:rsidRPr="00222332" w:rsidRDefault="00492271" w:rsidP="0030118D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00222332">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Employer: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rStyle w:val="Emphasis"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:i w:val="0"/>
             <w:iCs w:val="0"/>
           </w:rPr>
           <w:id w:val="-578984842"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="Emphasis"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00130D17" w:rsidRPr="001C42E5">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="7B3AB755" w14:textId="5283285A" w:rsidR="00492271" w:rsidRPr="00222332" w:rsidRDefault="00492271" w:rsidP="0030118D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00222332">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i w:val="0"/>
@@ -1839,94 +2048,104 @@
       </w:r>
       <w:r w:rsidR="00130D17">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rStyle w:val="Emphasis"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:i w:val="0"/>
             <w:iCs w:val="0"/>
           </w:rPr>
           <w:id w:val="321396434"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="Emphasis"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00130D17" w:rsidRPr="001C42E5">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="16983217" w14:textId="7D2252BD" w:rsidR="00492271" w:rsidRPr="00222332" w:rsidRDefault="00492271" w:rsidP="0030118D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00222332">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Responsibilities: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rStyle w:val="Emphasis"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:i w:val="0"/>
             <w:iCs w:val="0"/>
           </w:rPr>
           <w:id w:val="-5679767"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="Emphasis"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00130D17" w:rsidRPr="001C42E5">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="67C659B8" w14:textId="77777777" w:rsidR="00492271" w:rsidRDefault="00492271" w:rsidP="0030118D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="47538D86" w14:textId="147E3EB9" w:rsidR="00492271" w:rsidRPr="00222332" w:rsidRDefault="00492271" w:rsidP="00492271">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
@@ -1952,50 +2171,55 @@
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rStyle w:val="Emphasis"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:i w:val="0"/>
             <w:iCs w:val="0"/>
           </w:rPr>
           <w:id w:val="-660458590"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013437"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:date>
             <w:dateFormat w:val="dd/MM/yyyy"/>
             <w:lid w:val="en-GB"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="Emphasis"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00130D17" w:rsidRPr="001C42E5">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="6B693B4C" w14:textId="781210F9" w:rsidR="00492271" w:rsidRPr="00222332" w:rsidRDefault="00492271" w:rsidP="00492271">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00222332">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i w:val="0"/>
@@ -2010,94 +2234,104 @@
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rStyle w:val="Emphasis"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:i w:val="0"/>
             <w:iCs w:val="0"/>
           </w:rPr>
           <w:id w:val="-2011593263"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013437"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:date>
             <w:dateFormat w:val="dd/MM/yyyy"/>
             <w:lid w:val="en-GB"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="Emphasis"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00130D17" w:rsidRPr="001C42E5">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="3F14C8D9" w14:textId="520B1968" w:rsidR="00492271" w:rsidRPr="00222332" w:rsidRDefault="00492271" w:rsidP="00492271">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00222332">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Employer: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rStyle w:val="Emphasis"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:i w:val="0"/>
             <w:iCs w:val="0"/>
           </w:rPr>
           <w:id w:val="-1682195590"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="Emphasis"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00130D17" w:rsidRPr="001C42E5">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="1B69F896" w14:textId="793AEB47" w:rsidR="00492271" w:rsidRPr="00222332" w:rsidRDefault="00492271" w:rsidP="00492271">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00222332">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i w:val="0"/>
@@ -2107,93 +2341,103 @@
       </w:r>
       <w:r w:rsidR="00130D17">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rStyle w:val="Emphasis"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:i w:val="0"/>
             <w:iCs w:val="0"/>
           </w:rPr>
           <w:id w:val="1785066001"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="Emphasis"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00130D17" w:rsidRPr="001C42E5">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="4B725E78" w14:textId="58635657" w:rsidR="00492271" w:rsidRPr="00222332" w:rsidRDefault="00492271" w:rsidP="00492271">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00222332">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Responsibilities: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rStyle w:val="Emphasis"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:i w:val="0"/>
             <w:iCs w:val="0"/>
           </w:rPr>
           <w:id w:val="684784358"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="Emphasis"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00130D17" w:rsidRPr="001C42E5">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="7D9F0279" w14:textId="77777777" w:rsidR="002A33D4" w:rsidRPr="002A33D4" w:rsidRDefault="002A33D4" w:rsidP="00492271">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="582ED6D7" w14:textId="7435B346" w:rsidR="002A33D4" w:rsidRPr="00222332" w:rsidRDefault="002A33D4" w:rsidP="002A33D4">
       <w:pPr>
@@ -2221,50 +2465,55 @@
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rStyle w:val="Emphasis"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:i w:val="0"/>
             <w:iCs w:val="0"/>
           </w:rPr>
           <w:id w:val="1841894643"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013437"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:date>
             <w:dateFormat w:val="dd/MM/yyyy"/>
             <w:lid w:val="en-GB"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="Emphasis"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00130D17" w:rsidRPr="001C42E5">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="17F4CBC0" w14:textId="25FCDCAB" w:rsidR="002A33D4" w:rsidRPr="00222332" w:rsidRDefault="002A33D4" w:rsidP="002A33D4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00222332">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i w:val="0"/>
@@ -2279,50 +2528,55 @@
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rStyle w:val="Emphasis"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:i w:val="0"/>
             <w:iCs w:val="0"/>
           </w:rPr>
           <w:id w:val="1355546824"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013437"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:date>
             <w:dateFormat w:val="dd/MM/yyyy"/>
             <w:lid w:val="en-GB"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="Emphasis"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00130D17" w:rsidRPr="001C42E5">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="25394FD5" w14:textId="634DC85A" w:rsidR="002A33D4" w:rsidRPr="00222332" w:rsidRDefault="002A33D4" w:rsidP="002A33D4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00222332">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i w:val="0"/>
@@ -2332,50 +2586,55 @@
       </w:r>
       <w:r w:rsidR="00130D17">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rStyle w:val="Emphasis"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:i w:val="0"/>
             <w:iCs w:val="0"/>
           </w:rPr>
           <w:id w:val="585886277"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="Emphasis"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00130D17" w:rsidRPr="001C42E5">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00222332">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22B85202" w14:textId="45C6C37A" w:rsidR="002A33D4" w:rsidRPr="00222332" w:rsidRDefault="002A33D4" w:rsidP="002A33D4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:cstheme="minorHAnsi"/>
@@ -2394,93 +2653,103 @@
       </w:r>
       <w:r w:rsidR="00130D17">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rStyle w:val="Emphasis"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:i w:val="0"/>
             <w:iCs w:val="0"/>
           </w:rPr>
           <w:id w:val="-1792748670"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="Emphasis"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00130D17" w:rsidRPr="001C42E5">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="142ECFFA" w14:textId="2A022DCA" w:rsidR="002A33D4" w:rsidRPr="00222332" w:rsidRDefault="002A33D4" w:rsidP="002A33D4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00222332">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Responsibilities: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rStyle w:val="Emphasis"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:i w:val="0"/>
             <w:iCs w:val="0"/>
           </w:rPr>
           <w:id w:val="-622078223"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="Emphasis"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00130D17" w:rsidRPr="001C42E5">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="52C46141" w14:textId="77777777" w:rsidR="009B581E" w:rsidRPr="002A33D4" w:rsidRDefault="009B581E" w:rsidP="009B581E">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="52D3CF82" w14:textId="77777777" w:rsidR="009B581E" w:rsidRDefault="009B581E" w:rsidP="009B581E">
@@ -2516,150 +2785,109 @@
       </w:r>
       <w:r w:rsidR="004B1B71">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
         <w:t>ON/</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">MOTIVATION </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A339618" w14:textId="77777777" w:rsidR="008467D2" w:rsidRDefault="008467D2" w:rsidP="00290673">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2AF21CBE" w14:textId="74A9FF9F" w:rsidR="00290673" w:rsidRDefault="008F65AA" w:rsidP="00290673">
+    <w:p w14:paraId="2AF21CBE" w14:textId="5729D3B1" w:rsidR="00290673" w:rsidRDefault="006436C4" w:rsidP="00290673">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...46 lines deleted...]
-        <w:t>?</w:t>
+      <w:r w:rsidRPr="006436C4">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Explain why you have applied to this project at the CRUK Scotland Institute </w:t>
       </w:r>
       <w:r w:rsidR="00290673">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve"> (max </w:t>
+        <w:t xml:space="preserve">(max </w:t>
       </w:r>
       <w:r w:rsidR="00C63D73">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00290673">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
         <w:t>00 words)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="791655D3" w14:textId="77777777" w:rsidR="0000772D" w:rsidRDefault="0000772D" w:rsidP="00290673">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
         <w:id w:val="489763887"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
         <w:showingPlcHdr/>
       </w:sdtPr>
+      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="3A10B0FE" w14:textId="1D039D07" w:rsidR="00130D17" w:rsidRPr="00130D17" w:rsidRDefault="00130D17" w:rsidP="00290673">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:cstheme="minorHAnsi"/>
               <w:bCs/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="001C42E5">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="6D8BB9BA" w14:textId="77777777" w:rsidR="00130D17" w:rsidRDefault="00130D17" w:rsidP="00290673">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
@@ -2792,50 +3020,51 @@
         </w:rPr>
         <w:t>(max 200 words)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="152B14B6" w14:textId="77777777" w:rsidR="00130D17" w:rsidRDefault="00130D17" w:rsidP="00290673">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
         <w:id w:val="-1978057302"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
         <w:showingPlcHdr/>
       </w:sdtPr>
+      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="430A214D" w14:textId="00A0307A" w:rsidR="00130D17" w:rsidRPr="00130D17" w:rsidRDefault="00130D17" w:rsidP="00290673">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:cstheme="minorHAnsi"/>
               <w:bCs/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="001C42E5">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="2E4D5C2D" w14:textId="77777777" w:rsidR="009B581E" w:rsidRPr="002A33D4" w:rsidRDefault="009B581E" w:rsidP="009B581E">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
@@ -3119,50 +3348,51 @@
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> words)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2AF0D338" w14:textId="77777777" w:rsidR="00492271" w:rsidRPr="002A33D4" w:rsidRDefault="00492271" w:rsidP="0030118D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
               <w:id w:val="761183299"/>
               <w:placeholder>
                 <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
               </w:placeholder>
               <w:showingPlcHdr/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="73E3D2BF" w14:textId="61C4944F" w:rsidR="00492271" w:rsidRPr="00130D17" w:rsidRDefault="00130D17" w:rsidP="0030118D">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:cstheme="minorHAnsi"/>
                     <w:bCs/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="001C42E5">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
           <w:p w14:paraId="055E70AD" w14:textId="77777777" w:rsidR="00492271" w:rsidRPr="002A33D4" w:rsidRDefault="00492271" w:rsidP="0030118D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -3267,50 +3497,51 @@
             </w:r>
             <w:r w:rsidRPr="00491F94">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>0 words)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4331E75D" w14:textId="6C85A9FB" w:rsidR="00491F94" w:rsidRDefault="00491F94" w:rsidP="002A33D4">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:sdt>
             <w:sdtPr>
               <w:id w:val="-1008824955"/>
               <w:placeholder>
                 <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
               </w:placeholder>
               <w:showingPlcHdr/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="5ED70229" w14:textId="3968078B" w:rsidR="00491F94" w:rsidRPr="00130D17" w:rsidRDefault="00130D17" w:rsidP="002A33D4">
                 <w:r w:rsidRPr="001C42E5">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
           <w:p w14:paraId="757245EE" w14:textId="3BF1AF13" w:rsidR="00491F94" w:rsidRDefault="00491F94" w:rsidP="002A33D4">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4F78B6A0" w14:textId="77777777" w:rsidR="00F04821" w:rsidRPr="002A33D4" w:rsidRDefault="00F04821" w:rsidP="002A33D4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
@@ -3345,112 +3576,101 @@
           <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">SUITABILITY FOR </w:t>
       </w:r>
       <w:r w:rsidR="00943BE2">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>PhD</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E790EA5" w14:textId="4964EB6D" w:rsidR="000E0BD3" w:rsidRPr="001421DC" w:rsidRDefault="00E71C99" w:rsidP="000E0BD3">
+    <w:p w14:paraId="6E790EA5" w14:textId="3191CDC9" w:rsidR="000E0BD3" w:rsidRPr="001421DC" w:rsidRDefault="00E71C99" w:rsidP="000E0BD3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>W</w:t>
       </w:r>
       <w:r w:rsidR="000E0BD3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>hy you consider yourself to be</w:t>
       </w:r>
       <w:r w:rsidR="000E0BD3">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> a well-suited candidate for this </w:t>
       </w:r>
-      <w:r w:rsidR="007566D4">
+      <w:r w:rsidR="00C46580">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>programme</w:t>
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">project and the programme at the CRUK Scotland Institute? </w:t>
       </w:r>
       <w:r w:rsidR="00190E11" w:rsidRPr="00EF6A0E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>(max 200 words)</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:id w:val="-733925533"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
         <w:showingPlcHdr/>
       </w:sdtPr>
+      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="155BE9C3" w14:textId="176650FE" w:rsidR="00130D17" w:rsidRDefault="00C176F7">
           <w:pPr>
             <w:pBdr>
               <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
             </w:pBdr>
             <w:rPr>
               <w:rFonts w:cstheme="minorHAnsi"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="001C42E5">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="60F54838" w14:textId="6346273B" w:rsidR="002762F0" w:rsidRDefault="00055704">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
@@ -3557,50 +3777,51 @@
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>(max 200 words)</w:t>
       </w:r>
       <w:r w:rsidR="00035A32" w:rsidRPr="00C3646A">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:id w:val="286865248"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
         <w:showingPlcHdr/>
       </w:sdtPr>
+      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="0E424B57" w14:textId="509D8D6D" w:rsidR="00C176F7" w:rsidRPr="00C3646A" w:rsidRDefault="00C176F7">
           <w:pPr>
             <w:pBdr>
               <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
             </w:pBdr>
             <w:rPr>
               <w:rFonts w:cstheme="minorHAnsi"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="001C42E5">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="2C321A46" w14:textId="77777777" w:rsidR="00AA25A8" w:rsidRPr="00EF6A0E" w:rsidRDefault="00AA25A8">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
@@ -3757,50 +3978,51 @@
             <w:r w:rsidR="00282A95">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> each: </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="164092AC" w14:textId="77777777" w:rsidR="002A33D4" w:rsidRDefault="002A33D4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:id w:val="-948764628"/>
               <w:placeholder>
                 <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
               </w:placeholder>
               <w:showingPlcHdr/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="46478E86" w14:textId="6D817624" w:rsidR="002A33D4" w:rsidRDefault="00C176F7">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:cstheme="minorHAnsi"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="001C42E5">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
           <w:p w14:paraId="423393CE" w14:textId="77777777" w:rsidR="002A33D4" w:rsidRPr="002A33D4" w:rsidRDefault="002A33D4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="030211AA" w14:textId="77777777" w:rsidR="002A33D4" w:rsidRDefault="002A33D4">
             <w:pPr>
@@ -3917,72 +4139,73 @@
       <w:r w:rsidR="00FA1678">
         <w:t>CRUK Scotland Institute</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> will process personal data </w:t>
       </w:r>
       <w:r w:rsidRPr="00120BAC">
         <w:t xml:space="preserve">contained on this form, or other data which may </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">be </w:t>
       </w:r>
       <w:r w:rsidRPr="00120BAC">
         <w:t>obtain</w:t>
       </w:r>
       <w:r>
         <w:t>ed</w:t>
       </w:r>
       <w:r w:rsidRPr="00120BAC">
         <w:t xml:space="preserve"> from me or other people or organisations while I am applying for admission to the programme</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="696DF43F" w14:textId="5FD9AE08" w:rsidR="00C22F2D" w:rsidRDefault="00254BAC" w:rsidP="00222332">
+    <w:p w14:paraId="696DF43F" w14:textId="5FD9AE08" w:rsidR="00C22F2D" w:rsidRDefault="005F71E0" w:rsidP="00222332">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:b/>
             <w:bCs/>
           </w:rPr>
           <w:id w:val="-753122677"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r>
+          <w:r w:rsidR="00254BAC">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
               <w:b/>
               <w:bCs/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00B4789F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B4789F" w:rsidRPr="00B4789F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>I confirm that I have read and understood the declaration above</w:t>
       </w:r>
       <w:r w:rsidR="00B4789F">
         <w:rPr>
@@ -3992,92 +4215,88 @@
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A400B0D" w14:textId="3872AC21" w:rsidR="00222332" w:rsidRDefault="00222332" w:rsidP="00222332">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00222332">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">PRIVACY NOTICE </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5804A995" w14:textId="1A0F2D8D" w:rsidR="0030118D" w:rsidRPr="002A33D4" w:rsidRDefault="00222332">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Please note that we are committed to protecting your privacy and security. We will only use the information you send to us in the selection process. We will never disclose personal information about you to any third party without first receiving your permission to do so, or unless we are under </w:t>
-[...3 lines deleted...]
-        <w:t>legal obligation to do so. At any point you may contact us and ask us to delete the information you have provided us with, without any negative consequence.</w:t>
+        <w:t>Please note that we are committed to protecting your privacy and security. We will only use the information you send to us in the selection process. We will never disclose personal information about you to any third party without first receiving your permission to do so, or unless we are under legal obligation to do so. At any point you may contact us and ask us to delete the information you have provided us with, without any negative consequence.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="0030118D" w:rsidRPr="002A33D4">
       <w:headerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2D575FDF" w14:textId="77777777" w:rsidR="000970EE" w:rsidRDefault="000970EE" w:rsidP="0030118D">
+    <w:p w14:paraId="102DADB3" w14:textId="77777777" w:rsidR="004F3110" w:rsidRDefault="004F3110" w:rsidP="0030118D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="51D42A44" w14:textId="77777777" w:rsidR="000970EE" w:rsidRDefault="000970EE" w:rsidP="0030118D">
+    <w:p w14:paraId="54B98343" w14:textId="77777777" w:rsidR="004F3110" w:rsidRDefault="004F3110" w:rsidP="0030118D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="19CF1CED" w14:textId="77777777" w:rsidR="000970EE" w:rsidRDefault="000970EE">
+    <w:p w14:paraId="11AC791A" w14:textId="77777777" w:rsidR="004F3110" w:rsidRDefault="004F3110">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
@@ -4114,122 +4333,122 @@
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DengXian Light">
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3607B9ED" w14:textId="77777777" w:rsidR="000970EE" w:rsidRDefault="000970EE" w:rsidP="0030118D">
+    <w:p w14:paraId="7FAEC817" w14:textId="77777777" w:rsidR="004F3110" w:rsidRDefault="004F3110" w:rsidP="0030118D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="50191427" w14:textId="77777777" w:rsidR="000970EE" w:rsidRDefault="000970EE" w:rsidP="0030118D">
+    <w:p w14:paraId="6485BF47" w14:textId="77777777" w:rsidR="004F3110" w:rsidRDefault="004F3110" w:rsidP="0030118D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="0B147843" w14:textId="77777777" w:rsidR="000970EE" w:rsidRDefault="000970EE">
+    <w:p w14:paraId="1B35F90B" w14:textId="77777777" w:rsidR="004F3110" w:rsidRDefault="004F3110">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="63011429" w14:textId="66F1D6FD" w:rsidR="0030118D" w:rsidRDefault="00AF7C5E" w:rsidP="00AF7C5E">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:right="440"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7CF689F5" wp14:editId="187F4E77">
-          <wp:extent cx="3938954" cy="1232832"/>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7CF689F5" wp14:editId="02FDFF15">
+          <wp:extent cx="3923533" cy="1246201"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="1827917771" name="Picture 1827917771"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="1" name="CRUK_Scotland Centre_RGB_2023.jpg"/>
+                  <pic:cNvPr id="1827917771" name="Picture 1827917771"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="3981669" cy="1246201"/>
+                    <a:ext cx="3923533" cy="1246201"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0FA5501E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9102636C"/>
     <w:lvl w:ilvl="0" w:tplc="0809000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
@@ -4484,105 +4703,107 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="88501833">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="2015723151">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="16007870">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="110"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:documentProtection w:edit="forms" w:enforcement="1"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0030118D"/>
     <w:rsid w:val="00003964"/>
     <w:rsid w:val="00005ABA"/>
     <w:rsid w:val="00006250"/>
     <w:rsid w:val="0000772D"/>
     <w:rsid w:val="0003538C"/>
     <w:rsid w:val="00035A32"/>
     <w:rsid w:val="000429FF"/>
     <w:rsid w:val="00055704"/>
     <w:rsid w:val="0006789E"/>
     <w:rsid w:val="00070F59"/>
     <w:rsid w:val="000817FE"/>
+    <w:rsid w:val="00081B61"/>
     <w:rsid w:val="000854B1"/>
     <w:rsid w:val="000903EA"/>
     <w:rsid w:val="000938B4"/>
     <w:rsid w:val="000970EE"/>
     <w:rsid w:val="000A4144"/>
     <w:rsid w:val="000C2057"/>
     <w:rsid w:val="000C4E12"/>
     <w:rsid w:val="000D3CB3"/>
     <w:rsid w:val="000D6F74"/>
     <w:rsid w:val="000E0BD3"/>
     <w:rsid w:val="000F10ED"/>
     <w:rsid w:val="000F61B4"/>
     <w:rsid w:val="00102B45"/>
     <w:rsid w:val="00104947"/>
     <w:rsid w:val="00111BFD"/>
+    <w:rsid w:val="00117D21"/>
     <w:rsid w:val="00130D17"/>
     <w:rsid w:val="001370D0"/>
     <w:rsid w:val="00137675"/>
     <w:rsid w:val="00137955"/>
     <w:rsid w:val="001421DC"/>
     <w:rsid w:val="00146FC1"/>
     <w:rsid w:val="00161D91"/>
     <w:rsid w:val="00171DEB"/>
     <w:rsid w:val="00184517"/>
     <w:rsid w:val="00190E11"/>
     <w:rsid w:val="001C3ADF"/>
     <w:rsid w:val="001C64B9"/>
     <w:rsid w:val="001D0FC0"/>
     <w:rsid w:val="001E0458"/>
     <w:rsid w:val="001F594D"/>
     <w:rsid w:val="00214B42"/>
     <w:rsid w:val="00215593"/>
     <w:rsid w:val="00222332"/>
     <w:rsid w:val="00231021"/>
     <w:rsid w:val="00236570"/>
     <w:rsid w:val="002366E1"/>
     <w:rsid w:val="00254BAC"/>
     <w:rsid w:val="00257843"/>
     <w:rsid w:val="00263C33"/>
     <w:rsid w:val="002641E5"/>
@@ -4599,177 +4820,187 @@
     <w:rsid w:val="00353725"/>
     <w:rsid w:val="00387ED8"/>
     <w:rsid w:val="00395DF8"/>
     <w:rsid w:val="003A4E29"/>
     <w:rsid w:val="003A5CFD"/>
     <w:rsid w:val="003A616A"/>
     <w:rsid w:val="003A782A"/>
     <w:rsid w:val="003F4B09"/>
     <w:rsid w:val="00402608"/>
     <w:rsid w:val="00405195"/>
     <w:rsid w:val="004119A3"/>
     <w:rsid w:val="00421F6E"/>
     <w:rsid w:val="004572EE"/>
     <w:rsid w:val="0046776E"/>
     <w:rsid w:val="004737D9"/>
     <w:rsid w:val="00482200"/>
     <w:rsid w:val="0048298E"/>
     <w:rsid w:val="00491F94"/>
     <w:rsid w:val="00492271"/>
     <w:rsid w:val="00494949"/>
     <w:rsid w:val="004A269A"/>
     <w:rsid w:val="004A553A"/>
     <w:rsid w:val="004B1B71"/>
     <w:rsid w:val="004C1530"/>
     <w:rsid w:val="004C18A3"/>
+    <w:rsid w:val="004F3110"/>
     <w:rsid w:val="0051367F"/>
     <w:rsid w:val="00564F99"/>
     <w:rsid w:val="00567FFE"/>
     <w:rsid w:val="00581AD0"/>
     <w:rsid w:val="00593D7F"/>
     <w:rsid w:val="005A719A"/>
     <w:rsid w:val="005B4244"/>
     <w:rsid w:val="005B7409"/>
     <w:rsid w:val="005D4F8B"/>
+    <w:rsid w:val="005F71E0"/>
     <w:rsid w:val="00604FCD"/>
     <w:rsid w:val="0062208F"/>
     <w:rsid w:val="006373F7"/>
+    <w:rsid w:val="006436C4"/>
     <w:rsid w:val="00653E96"/>
     <w:rsid w:val="00670829"/>
     <w:rsid w:val="006761A4"/>
     <w:rsid w:val="0069292B"/>
     <w:rsid w:val="00694FD6"/>
     <w:rsid w:val="00696263"/>
     <w:rsid w:val="006A5BDE"/>
     <w:rsid w:val="006B1389"/>
     <w:rsid w:val="006C36C2"/>
     <w:rsid w:val="006C409A"/>
     <w:rsid w:val="006C5AF1"/>
     <w:rsid w:val="006D0138"/>
     <w:rsid w:val="006D1632"/>
     <w:rsid w:val="006D4493"/>
     <w:rsid w:val="006F54F7"/>
     <w:rsid w:val="00733699"/>
     <w:rsid w:val="00755B82"/>
     <w:rsid w:val="007566D4"/>
     <w:rsid w:val="0077708F"/>
     <w:rsid w:val="00780FDF"/>
     <w:rsid w:val="007857AB"/>
     <w:rsid w:val="007969DD"/>
     <w:rsid w:val="007C3F33"/>
     <w:rsid w:val="007E3BDB"/>
     <w:rsid w:val="007F5B39"/>
     <w:rsid w:val="00826C11"/>
     <w:rsid w:val="00843786"/>
     <w:rsid w:val="008467D2"/>
+    <w:rsid w:val="008475D0"/>
     <w:rsid w:val="00851A97"/>
     <w:rsid w:val="008748B0"/>
     <w:rsid w:val="008970FC"/>
     <w:rsid w:val="008A4BA3"/>
     <w:rsid w:val="008B03ED"/>
     <w:rsid w:val="008E4477"/>
     <w:rsid w:val="008F65AA"/>
     <w:rsid w:val="00913A0C"/>
     <w:rsid w:val="00943BE2"/>
+    <w:rsid w:val="0095397B"/>
     <w:rsid w:val="009746F4"/>
     <w:rsid w:val="00984A96"/>
     <w:rsid w:val="00994137"/>
     <w:rsid w:val="00997213"/>
     <w:rsid w:val="009B581E"/>
     <w:rsid w:val="009C21F4"/>
     <w:rsid w:val="009D7C8F"/>
     <w:rsid w:val="009E043A"/>
     <w:rsid w:val="009E394D"/>
     <w:rsid w:val="00A00178"/>
+    <w:rsid w:val="00A0367A"/>
     <w:rsid w:val="00A04AF0"/>
     <w:rsid w:val="00A25CA1"/>
     <w:rsid w:val="00A3098B"/>
     <w:rsid w:val="00A57346"/>
     <w:rsid w:val="00A6044E"/>
     <w:rsid w:val="00A6741D"/>
     <w:rsid w:val="00A81DD6"/>
     <w:rsid w:val="00A87C89"/>
     <w:rsid w:val="00A96241"/>
     <w:rsid w:val="00AA25A8"/>
     <w:rsid w:val="00AD4F68"/>
     <w:rsid w:val="00AD752D"/>
     <w:rsid w:val="00AE1F2B"/>
     <w:rsid w:val="00AF7C5E"/>
     <w:rsid w:val="00B42914"/>
     <w:rsid w:val="00B4789F"/>
     <w:rsid w:val="00B751C1"/>
     <w:rsid w:val="00B77A25"/>
     <w:rsid w:val="00B80B91"/>
     <w:rsid w:val="00B80F08"/>
     <w:rsid w:val="00B822D8"/>
     <w:rsid w:val="00BC4585"/>
     <w:rsid w:val="00BD41C0"/>
     <w:rsid w:val="00C010F1"/>
     <w:rsid w:val="00C176F7"/>
     <w:rsid w:val="00C22F2D"/>
     <w:rsid w:val="00C24070"/>
     <w:rsid w:val="00C2733F"/>
     <w:rsid w:val="00C336FB"/>
     <w:rsid w:val="00C3646A"/>
+    <w:rsid w:val="00C46580"/>
     <w:rsid w:val="00C63D73"/>
     <w:rsid w:val="00CA00B6"/>
     <w:rsid w:val="00CA3F17"/>
     <w:rsid w:val="00CC2854"/>
     <w:rsid w:val="00CC5225"/>
     <w:rsid w:val="00CD0F25"/>
+    <w:rsid w:val="00CD3583"/>
     <w:rsid w:val="00CE143B"/>
     <w:rsid w:val="00CE5C6F"/>
     <w:rsid w:val="00CF2150"/>
     <w:rsid w:val="00D03266"/>
     <w:rsid w:val="00D0343E"/>
     <w:rsid w:val="00D142FB"/>
     <w:rsid w:val="00D17756"/>
     <w:rsid w:val="00D228E8"/>
     <w:rsid w:val="00D43989"/>
     <w:rsid w:val="00D467C9"/>
     <w:rsid w:val="00D528AB"/>
     <w:rsid w:val="00D6039E"/>
     <w:rsid w:val="00D61E45"/>
     <w:rsid w:val="00D70921"/>
     <w:rsid w:val="00D70F6B"/>
     <w:rsid w:val="00D817F4"/>
+    <w:rsid w:val="00D81B5A"/>
     <w:rsid w:val="00D9153E"/>
     <w:rsid w:val="00D96D9C"/>
     <w:rsid w:val="00DB312C"/>
     <w:rsid w:val="00DE3016"/>
     <w:rsid w:val="00DE5ACC"/>
     <w:rsid w:val="00DE6070"/>
     <w:rsid w:val="00DF3C49"/>
     <w:rsid w:val="00E06E30"/>
     <w:rsid w:val="00E1799F"/>
     <w:rsid w:val="00E27DDA"/>
     <w:rsid w:val="00E448A0"/>
     <w:rsid w:val="00E47486"/>
     <w:rsid w:val="00E60C28"/>
     <w:rsid w:val="00E70BE4"/>
     <w:rsid w:val="00E71C99"/>
     <w:rsid w:val="00E74B6E"/>
+    <w:rsid w:val="00E77066"/>
     <w:rsid w:val="00EA0B7D"/>
     <w:rsid w:val="00EC4D60"/>
     <w:rsid w:val="00EF495C"/>
     <w:rsid w:val="00EF6A0E"/>
     <w:rsid w:val="00F00079"/>
     <w:rsid w:val="00F04821"/>
     <w:rsid w:val="00F41B38"/>
     <w:rsid w:val="00F50485"/>
     <w:rsid w:val="00F60786"/>
     <w:rsid w:val="00F64959"/>
     <w:rsid w:val="00F71CD8"/>
     <w:rsid w:val="00F9512F"/>
     <w:rsid w:val="00FA1678"/>
     <w:rsid w:val="00FA3B30"/>
     <w:rsid w:val="00FB0D52"/>
     <w:rsid w:val="00FD2DCB"/>
     <w:rsid w:val="00FD3ED3"/>
     <w:rsid w:val="00FD441D"/>
     <w:rsid w:val="00FF40E7"/>
     <w:rsid w:val="00FF6D77"/>
     <w:rsid w:val="00FF71F5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
@@ -5471,51 +5702,51 @@
     </w:div>
     <w:div w:id="982587556">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{A2627FB8-61E9-4BA1-85E7-BBA646A6784F}"/>
       </w:docPartPr>
       <w:docPartBody>
@@ -5636,50 +5867,52 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:insDel="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00CF56C9"/>
     <w:rsid w:val="000503BA"/>
+    <w:rsid w:val="002E0453"/>
+    <w:rsid w:val="008475D0"/>
     <w:rsid w:val="008E4477"/>
     <w:rsid w:val="00C90F88"/>
     <w:rsid w:val="00CB6E8F"/>
     <w:rsid w:val="00CF56C9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
@@ -6606,75 +6839,75 @@
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{99467E5E-DF3D-0941-AFB8-FED1CFE189A1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0538EDA5-E32E-47EF-8E0D-1E8F1D01C8EB}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>878</Words>
-  <Characters>4712</Characters>
+  <Words>962</Words>
+  <Characters>4864</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>142</Lines>
-  <Paragraphs>68</Paragraphs>
+  <Lines>135</Lines>
+  <Paragraphs>71</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>University of Glasgow</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5522</CharactersWithSpaces>
+  <CharactersWithSpaces>5755</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Alexis Merry</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100188D6048CEC12243B8EC605D65686375</vt:lpwstr>
   </property>